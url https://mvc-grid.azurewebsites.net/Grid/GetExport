--- v0 (2025-10-20)
+++ v1 (2026-03-12)
@@ -27,81 +27,81 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Birthday</t>
   </si>
   <si>
     <t>Employed</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Crosswave</t>
   </si>
   <si>
-    <t>37</t>
+    <t>38</t>
   </si>
   <si>
     <t>1/5/1988</t>
   </si>
   <si>
     <t>False</t>
   </si>
   <si>
     <t>Merry</t>
   </si>
   <si>
     <t>Lisel</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>5/6/1978</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Crux</t>
   </si>
   <si>
-    <t>34</t>
+    <t>35</t>
   </si>
   <si>
     <t>11/19/1990</t>
   </si>
   <si>
     <t>True</t>
   </si>
   <si>
     <t>Cody</t>
   </si>
   <si>
     <t>Jurut</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>8/11/1970</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Scranton</t>
   </si>